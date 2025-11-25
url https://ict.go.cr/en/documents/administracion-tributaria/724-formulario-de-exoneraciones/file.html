--- v0 (2025-10-12)
+++ v1 (2025-11-25)
@@ -7,68 +7,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mrojas\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E7D1F9E1-602D-43DF-902B-7A7C65FA93B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0384E201-FA7E-48DB-8739-8CC19E6E97E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="20370" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Exonera Electrónica" sheetId="1" r:id="rId1"/>
     <sheet name="DEFINICION CAMPOS" sheetId="5" r:id="rId2"/>
     <sheet name="Hoja1" sheetId="4" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K13" i="1" l="1"/>
   <c r="K21" i="1" l="1"/>
   <c r="L21" i="1" s="1"/>
   <c r="K14" i="1" l="1"/>
   <c r="L14" i="1" s="1"/>
   <c r="K15" i="1"/>
   <c r="L15" i="1" s="1"/>
   <c r="K16" i="1"/>
   <c r="L16" i="1" s="1"/>
   <c r="K17" i="1"/>
@@ -185,453 +188,456 @@
 en dólares.
 </t>
         </r>
       </text>
     </comment>
     <comment ref="A13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000007000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">El alto de celdas deben ser de "45". Favor no modificarla.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
+  <si>
+    <t xml:space="preserve">  Departamento de Administración Tributaria</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  FORMULARIO SOLICITUD DE EXONERACION </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Impuesto 5% sobre el valor de los pasajes internacionales Ley 1917  del 29 de Julio de 1955 inciso a), </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                          Formulario de Exoneraciones</t>
+  </si>
+  <si>
+    <t>Nombre Entidad que tramita Exoneración:</t>
+  </si>
+  <si>
+    <t>N° Boleta</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>Tipo Registro</t>
+  </si>
+  <si>
+    <t>Código</t>
+  </si>
+  <si>
+    <t>Entidad Exonerada</t>
+  </si>
+  <si>
+    <t>Ley N°</t>
+  </si>
+  <si>
+    <t>Fecha de la Ley</t>
+  </si>
+  <si>
+    <t>Fecha de Solicitud</t>
+  </si>
+  <si>
+    <t>Archivos adjuntos</t>
+  </si>
+  <si>
+    <t>Solicitudes en Boleta</t>
+  </si>
+  <si>
+    <t>T_Tarifa boleto $</t>
+  </si>
+  <si>
+    <t>T_Tarifa   boleto ¢</t>
+  </si>
+  <si>
+    <t>De acuerdo a lo establecido por el artículo 17 Decreto Ejecutivo 37979-MP-H-MEIC-G-J-TUR publicado en gaceta #206 del 25 de octubre del 2013, se solicita la exoneración del impuesto con base a la ley indicada.</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nombre </t>
+  </si>
   <si>
     <t>Apellido 1</t>
   </si>
   <si>
     <t>Apellido 2</t>
   </si>
   <si>
-    <t>Tipo Registro</t>
-[...4 lines deleted...]
-  <si>
     <t>Documento ID</t>
   </si>
   <si>
+    <t>Nacionalidad</t>
+  </si>
+  <si>
+    <t>Ruta del Viaje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aerolínea </t>
+  </si>
+  <si>
+    <t>Fecha de Venta</t>
+  </si>
+  <si>
+    <t>Tarifa _ boleto $</t>
+  </si>
+  <si>
     <t>T_cambio</t>
   </si>
   <si>
-    <t>Tarifa _ boleto $</t>
-[...32 lines deleted...]
-    <t>Ruta de inicio y fin del viaje.</t>
+    <r>
+      <t xml:space="preserve">Tarifa_boleto </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>¢</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Imp_exonerado </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>¢</t>
     </r>
   </si>
   <si>
+    <t>Valor O.C. $</t>
+  </si>
+  <si>
     <t>N° de Orden Compra</t>
   </si>
   <si>
-    <t>Entidad Exonerada</t>
-[...61 lines deleted...]
-  <si>
     <t>Fecha Orden de Compra</t>
   </si>
   <si>
-    <t>Nacionalidad</t>
-[...91 lines deleted...]
-  <si>
     <t>Observaciones</t>
   </si>
   <si>
-    <t>27.  Observaciones</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">La información suministrada en este formulario así como los documentos adjuntos deberán ser completos y claramente legíbles, SIN TACHADURAS NI SOBRE ESCRITURAS.                     </t>
-  </si>
-[...118 lines deleted...]
-    <t>De acuerdo a lo establecido por el artículo 17 Decreto Ejecutivo 37979-MP-H-MEIC-G-J-TUR publicado en gaceta #206 del 25 de octubre del 2013, se solicita la exoneración del impuesto con base a la ley indicada.</t>
   </si>
   <si>
     <r>
       <t>Por considerarse a derecho,  se concede la exoneración del impuesto del 5% sobre pasajes internacionales a las personas inscritas en el mismo,    no debe aplicarse sobre tiquetes de mayor valor a lo indicado en la orden de compra emitida por la entidad beneficiaria. Una vez aprobada la exoneración por el Instituto Costarricense de Turismo, se cuenta con 30 días calendario</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> para  aplicarla en la compra del boleto</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>. Estas exoneracones están sujetas a lo dispuesto en el artículo 61 siguientes y concordantes del Código de Normas y Procedimientos Tributarios. Toda solicitud de exoneración debe realizarse antes de  la venta del tiquete, de lo contrario el sistema se lo rechazará.  Una vez recibido  la aprobación de las  exoneraciones,</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> la agencia informará a la Línea Aérea que corresponda,  sobre las exoneraciones aprobadas, para que estas justifiquen los boletos respectivos en la declaración jurada quincenal de la aerolínea. Asimismo la agencia de viajes deberá justificar dichos boletos en la declaración informativa semestral.</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">FIRMA  -  AGENCIA/COMPAÑÍA: </t>
+  </si>
+  <si>
+    <t>___________________________</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                INSTITUTO COSTARRICENSE DE TURISMO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                            FORMULARIO DE EXONERACION (USO EXTERNO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    e inciso b) adicionado según Ley 8694  de 11 diciembre de 2008</t>
+  </si>
+  <si>
+    <t>Campos/definición</t>
+  </si>
+  <si>
+    <t>N° Formulario</t>
+  </si>
+  <si>
+    <t>Número consecutivo control de formulario, que deberá ser indicado por la Agencia de Viajes.</t>
+  </si>
+  <si>
+    <t>Nombre  Entidad que  Tramita Exoneración</t>
+  </si>
+  <si>
+    <t>Nombre de agencia o Entidad que realiza el trámite de exoneración ante el ICT.</t>
+  </si>
+  <si>
+    <t>LÍNEA DE CONTROL</t>
+  </si>
+  <si>
+    <t>1.  Tipo Registro</t>
+  </si>
+  <si>
+    <t>Código interno (USO EXLUSIVO DEL ICT)</t>
+  </si>
+  <si>
+    <t>2.  Cod Agencia</t>
+  </si>
+  <si>
+    <t>Código de la entidad intermediaria que trámita la  exoneración (código IATA).</t>
+  </si>
+  <si>
+    <t>3.  Entidad  Exonerada:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nombre de la entidad beneficiria a la exoneraración, facultada por  Ley. </t>
+  </si>
+  <si>
+    <t>4.   Ley N°:</t>
+  </si>
+  <si>
+    <t>Ley que le faculta a solicitar la exoneración de impuestos sobre pasajes internacionales.</t>
+  </si>
+  <si>
+    <t>5.   Fecha de la Ley</t>
+  </si>
+  <si>
+    <t>Fecha de emisión de la Ley.</t>
+  </si>
+  <si>
+    <t>6.   Fecha de Solicitud</t>
+  </si>
+  <si>
+    <t>Fecha en que envía la solicitud de exoneración ante el ICT.</t>
+  </si>
+  <si>
+    <t>7.   Arch adjunto</t>
+  </si>
+  <si>
+    <t>Cantidad de documentos adjuntos en .PDF  debidamente firmados,  con información soporte de la solicitud de exoneración</t>
+  </si>
+  <si>
+    <t>8.   Solicitudes en Boleta</t>
+  </si>
+  <si>
+    <t>Cantidad de solicitudes incluidas en el formulario.</t>
+  </si>
+  <si>
+    <t>9.   T_Tarifa  boleto $</t>
+  </si>
+  <si>
+    <t>Monto Total,  sumatoria de las tarifas de los boletos en dólares.</t>
+  </si>
+  <si>
+    <t>10.  T_Tarifa  boleto ¢</t>
+  </si>
+  <si>
+    <t>Monto Total, sumatoria de las tarifas de los boletos en colones.</t>
+  </si>
+  <si>
+    <t>11.  Imp_exonerado ¢</t>
+  </si>
+  <si>
+    <t>Monto total de impuesto exonerado (sumatoria del formulario,  impuestos exonerados en colones).</t>
+  </si>
+  <si>
+    <t>LÍNEAS DE DETALLE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12.   Nombre de pasajero </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nombre de pasajero </t>
+  </si>
+  <si>
+    <t>13.   Apellido 1</t>
+  </si>
+  <si>
+    <t>Primer apellido del pasajero</t>
+  </si>
+  <si>
+    <t>14.   Apellido 2</t>
+  </si>
+  <si>
+    <t>Segundo apellido del pasajero</t>
+  </si>
+  <si>
+    <t>15.   Documento ID</t>
+  </si>
+  <si>
+    <t>Doumento de indentidad del pasajero (ejemplo: cédula, pasaporte)</t>
+  </si>
+  <si>
+    <t>16.   Nacionalidad</t>
+  </si>
+  <si>
+    <t>Nacionalidad del pasajero.</t>
+  </si>
+  <si>
+    <t>17.  Ruta de Viaje</t>
+  </si>
+  <si>
+    <t>Ruta de inicio y fin del viaje.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18.  Aerolínea </t>
+  </si>
+  <si>
+    <t>Nombre de la Aerolínea que transporte al pasajero.</t>
+  </si>
+  <si>
+    <t>19.  Fecha de Venta</t>
+  </si>
+  <si>
+    <t>Fecha en que agencia venderá el boleto.</t>
+  </si>
+  <si>
+    <t>20.  Tarifa _ boleto $</t>
+  </si>
+  <si>
+    <t>Costo de la tarifa del boleto (expresado en USD$).</t>
+  </si>
+  <si>
+    <t>21.  T_cambio</t>
+  </si>
+  <si>
+    <t>Tipo de cambio del día en que la agencia venderá el boleto  (Tasa de relación entre divisas, colón respecto al usd$).</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">22.  Tarifa boleto </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>¢</t>
+    </r>
+  </si>
+  <si>
+    <t>Costo de la tarifa, expresado en Colones de Costa Rica.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">23.  Imp_exonerado </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>¢</t>
+    </r>
+  </si>
+  <si>
+    <t>Impuesto exonerado en Colones de Costa Rica</t>
+  </si>
+  <si>
+    <t>24.  Valor Orden de Compra $</t>
+  </si>
+  <si>
+    <t>Monto total por la que fue emitida la Orden de compra, monto  relacionado al boleto.</t>
+  </si>
+  <si>
+    <t>25.  N° de Orden de Compra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Número consecutivo de la orden de compra. </t>
+  </si>
+  <si>
+    <t>26.  Fecha Orden de Compra</t>
+  </si>
+  <si>
+    <t>Fecha cuando fue emitida la orden de compra por parte de la entidad beneficaria.</t>
+  </si>
+  <si>
+    <t>27.  Observaciones</t>
+  </si>
+  <si>
+    <t>Anotaciones adicionales para aclarar algún evento.</t>
+  </si>
+  <si>
+    <t>NOTA:</t>
+  </si>
+  <si>
+    <t>La Agencia debe numerar de forma consecutiva el número de formulario, sin hacer cortes entre fecha de solicitud,  iniciando con 001 y así sucesivamente de manera continua.</t>
+  </si>
+  <si>
+    <t>Las celdas donde se registran los datos deben tener un alto de 45</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Impuesto 5% sobre el valor de los pasajes internacionales Ley 1917, art 46 inciso a), publicada en La Gaceta N°175 del 09 de agosto de 1955,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                  e inciso b) adicionado según Ley 8694 , publicada en La Gaceta N°61 del 27 de marzo de 2009</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1163,51 +1169,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1335,94 +1341,97 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="23" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="23" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="23" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="23" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="23" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -1785,197 +1794,163 @@
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="209550" y="85725"/>
           <a:ext cx="1852454" cy="588010"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2116,799 +2091,803 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:R30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="H30" sqref="H30"/>
+      <selection activeCell="U15" sqref="U15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
     <col min="2" max="2" width="14.42578125" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" customWidth="1"/>
     <col min="4" max="4" width="13.7109375" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" customWidth="1"/>
     <col min="7" max="7" width="11" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="13.28515625" customWidth="1"/>
     <col min="10" max="10" width="10.140625" customWidth="1"/>
     <col min="11" max="11" width="13.7109375" customWidth="1"/>
     <col min="12" max="12" width="13.140625" customWidth="1"/>
-    <col min="13" max="14" width="10.5703125" customWidth="1"/>
+    <col min="13" max="13" width="10.5703125" style="80" customWidth="1"/>
+    <col min="14" max="14" width="10.5703125" customWidth="1"/>
     <col min="15" max="15" width="11.5703125" customWidth="1"/>
     <col min="16" max="16" width="15.28515625" customWidth="1"/>
     <col min="17" max="17" width="7.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A1" s="5"/>
-      <c r="B1" s="98" t="s">
-[...12 lines deleted...]
-      <c r="M1" s="98"/>
+      <c r="B1" s="101" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
+      <c r="J1" s="101"/>
+      <c r="K1" s="101"/>
+      <c r="L1" s="101"/>
+      <c r="M1" s="101"/>
       <c r="Q1" s="6"/>
     </row>
     <row r="2" spans="1:18" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5"/>
-      <c r="B2" s="99" t="s">
-[...12 lines deleted...]
-      <c r="M2" s="99"/>
+      <c r="B2" s="102" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="102"/>
+      <c r="G2" s="102"/>
+      <c r="H2" s="102"/>
+      <c r="I2" s="102"/>
+      <c r="J2" s="102"/>
+      <c r="K2" s="102"/>
+      <c r="L2" s="102"/>
+      <c r="M2" s="102"/>
       <c r="R2" s="7"/>
     </row>
     <row r="3" spans="1:18" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5"/>
-      <c r="B3" s="100" t="s">
-[...12 lines deleted...]
-      <c r="M3" s="100"/>
+      <c r="B3" s="103" t="s">
+        <v>106</v>
+      </c>
+      <c r="C3" s="103"/>
+      <c r="D3" s="103"/>
+      <c r="E3" s="103"/>
+      <c r="F3" s="103"/>
+      <c r="G3" s="103"/>
+      <c r="H3" s="103"/>
+      <c r="I3" s="103"/>
+      <c r="J3" s="103"/>
+      <c r="K3" s="103"/>
+      <c r="L3" s="103"/>
+      <c r="M3" s="103"/>
       <c r="N3" s="44" t="s">
-        <v>78</v>
+        <v>3</v>
       </c>
       <c r="O3" s="52"/>
     </row>
     <row r="4" spans="1:18" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5"/>
-      <c r="B4" s="103" t="s">
-[...15 lines deleted...]
-      <c r="P4" s="103"/>
+      <c r="B4" s="106" t="s">
+        <v>107</v>
+      </c>
+      <c r="C4" s="106"/>
+      <c r="D4" s="106"/>
+      <c r="E4" s="106"/>
+      <c r="F4" s="106"/>
+      <c r="G4" s="106"/>
+      <c r="H4" s="106"/>
+      <c r="I4" s="106"/>
+      <c r="J4" s="106"/>
+      <c r="K4" s="106"/>
+      <c r="L4" s="106"/>
+      <c r="M4" s="106"/>
+      <c r="N4" s="106"/>
+      <c r="O4" s="106"/>
+      <c r="P4" s="106"/>
     </row>
     <row r="5" spans="1:18" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="5"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="O5" s="45"/>
     </row>
     <row r="6" spans="1:18" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="22" t="s">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="B6" s="22"/>
       <c r="C6" s="22"/>
       <c r="D6" s="29"/>
-      <c r="E6" s="85"/>
-[...4 lines deleted...]
-      <c r="J6" s="87"/>
+      <c r="E6" s="88"/>
+      <c r="F6" s="89"/>
+      <c r="G6" s="89"/>
+      <c r="H6" s="89"/>
+      <c r="I6" s="89"/>
+      <c r="J6" s="90"/>
       <c r="K6" s="9"/>
-      <c r="O6" s="101" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="M6"/>
+      <c r="O6" s="104" t="s">
+        <v>5</v>
+      </c>
+      <c r="P6" s="99" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:18" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="83">
+      <c r="A7" s="86">
         <v>1</v>
       </c>
-      <c r="B7" s="84"/>
+      <c r="B7" s="87"/>
       <c r="C7" s="23">
         <v>2</v>
       </c>
       <c r="D7" s="24">
         <v>3</v>
       </c>
       <c r="E7" s="30">
         <v>4</v>
       </c>
       <c r="F7" s="30">
         <v>5</v>
       </c>
       <c r="G7" s="30">
         <v>6</v>
       </c>
       <c r="H7" s="30">
         <v>7</v>
       </c>
       <c r="I7" s="30">
         <v>8</v>
       </c>
       <c r="J7" s="30">
         <v>9</v>
       </c>
       <c r="K7" s="23">
         <v>10</v>
       </c>
       <c r="L7" s="23">
         <v>11</v>
       </c>
       <c r="M7" s="5"/>
-      <c r="O7" s="102"/>
-      <c r="P7" s="97"/>
+      <c r="O7" s="105"/>
+      <c r="P7" s="100"/>
       <c r="Q7" s="5"/>
     </row>
     <row r="8" spans="1:18" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="79" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="80"/>
+      <c r="A8" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="83"/>
       <c r="C8" s="47" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="D8" s="47" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E8" s="48" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="F8" s="47" t="s">
         <v>11</v>
       </c>
       <c r="G8" s="47" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="H8" s="49" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="I8" s="50" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="J8" s="50" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="K8" s="50" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="L8" s="51" t="str">
         <f>+L12</f>
         <v>Imp_exonerado ¢</v>
       </c>
+      <c r="M8"/>
       <c r="O8" s="34"/>
       <c r="P8" s="34"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="5"/>
     </row>
     <row r="9" spans="1:18" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="81">
+      <c r="A9" s="84">
         <v>18</v>
       </c>
-      <c r="B9" s="82"/>
+      <c r="B9" s="85"/>
       <c r="C9" s="31"/>
       <c r="D9" s="32"/>
       <c r="E9" s="32"/>
       <c r="F9" s="33"/>
       <c r="G9" s="35"/>
       <c r="H9" s="46"/>
       <c r="I9" s="36">
         <f>COUNTA(A13:A23)</f>
         <v>0</v>
       </c>
       <c r="J9" s="38">
         <f>SUM(I13:I23)</f>
         <v>0</v>
       </c>
       <c r="K9" s="39">
         <f>SUM(K13:K23)</f>
         <v>0</v>
       </c>
       <c r="L9" s="37">
         <f>SUM(L13:L23)</f>
         <v>0</v>
       </c>
+      <c r="M9"/>
       <c r="N9" s="5"/>
       <c r="O9" s="34"/>
       <c r="P9" s="34"/>
       <c r="Q9" s="13"/>
       <c r="R9" s="5"/>
     </row>
     <row r="10" spans="1:18" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="93" t="s">
-[...16 lines deleted...]
-      <c r="P10" s="95"/>
+      <c r="A10" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="97"/>
+      <c r="C10" s="97"/>
+      <c r="D10" s="97"/>
+      <c r="E10" s="97"/>
+      <c r="F10" s="97"/>
+      <c r="G10" s="97"/>
+      <c r="H10" s="97"/>
+      <c r="I10" s="97"/>
+      <c r="J10" s="97"/>
+      <c r="K10" s="97"/>
+      <c r="L10" s="97"/>
+      <c r="M10" s="97"/>
+      <c r="N10" s="97"/>
+      <c r="O10" s="97"/>
+      <c r="P10" s="98"/>
     </row>
     <row r="11" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4">
         <v>12</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="C11" s="11">
         <v>14</v>
       </c>
       <c r="D11" s="11">
         <v>15</v>
       </c>
       <c r="E11" s="11">
         <v>16</v>
       </c>
       <c r="F11" s="11">
         <v>17</v>
       </c>
       <c r="G11" s="11">
         <v>18</v>
       </c>
       <c r="H11" s="12">
         <v>19</v>
       </c>
       <c r="I11" s="11">
         <v>20</v>
       </c>
       <c r="J11" s="11">
         <v>21</v>
       </c>
       <c r="K11" s="11">
         <v>22</v>
       </c>
       <c r="L11" s="11">
         <v>23</v>
       </c>
       <c r="M11" s="11">
         <v>24</v>
       </c>
       <c r="N11" s="11">
         <v>25</v>
       </c>
       <c r="O11" s="19">
         <v>26</v>
       </c>
       <c r="P11" s="20">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:18" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="42" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="B12" s="42" t="s">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="C12" s="42" t="s">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="E12" s="28" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="F12" s="28" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G12" s="28" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="H12" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="I12" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="J12" s="28" t="s">
+        <v>28</v>
+      </c>
+      <c r="K12" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="I12" s="28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L12" s="26" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="M12" s="26" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="N12" s="26" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="O12" s="27" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="P12" s="43" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="53"/>
       <c r="B13" s="53"/>
       <c r="C13" s="53"/>
       <c r="D13" s="54"/>
       <c r="E13" s="55"/>
       <c r="F13" s="56"/>
       <c r="G13" s="55"/>
       <c r="H13" s="57"/>
       <c r="I13" s="58">
         <v>0</v>
       </c>
       <c r="J13" s="59">
         <v>0</v>
       </c>
       <c r="K13" s="60">
         <f>I13*J13</f>
         <v>0</v>
       </c>
       <c r="L13" s="61">
         <f>+K13*0.05</f>
         <v>0</v>
       </c>
-      <c r="M13" s="62"/>
-[...2 lines deleted...]
-      <c r="P13" s="65"/>
+      <c r="M13" s="76"/>
+      <c r="N13" s="62"/>
+      <c r="O13" s="63"/>
+      <c r="P13" s="64"/>
     </row>
     <row r="14" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="53"/>
       <c r="B14" s="53"/>
       <c r="C14" s="53"/>
       <c r="D14" s="54"/>
       <c r="E14" s="56"/>
       <c r="F14" s="56"/>
       <c r="G14" s="56"/>
       <c r="H14" s="57"/>
       <c r="I14" s="58">
         <v>0</v>
       </c>
       <c r="J14" s="59">
         <v>0</v>
       </c>
-      <c r="K14" s="66">
+      <c r="K14" s="65">
         <f t="shared" ref="K14:K23" si="0">+J14*I14</f>
         <v>0</v>
       </c>
-      <c r="L14" s="67">
+      <c r="L14" s="66">
         <f t="shared" ref="L14:L23" si="1">+K14*0.05</f>
         <v>0</v>
       </c>
-      <c r="M14" s="68"/>
-[...2 lines deleted...]
-      <c r="P14" s="65"/>
+      <c r="M14" s="76"/>
+      <c r="N14" s="62"/>
+      <c r="O14" s="63"/>
+      <c r="P14" s="64"/>
     </row>
     <row r="15" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="53"/>
       <c r="B15" s="53"/>
       <c r="C15" s="53"/>
       <c r="D15" s="54"/>
       <c r="E15" s="56"/>
       <c r="F15" s="56"/>
       <c r="G15" s="56"/>
       <c r="H15" s="57"/>
       <c r="I15" s="58">
         <v>0</v>
       </c>
       <c r="J15" s="59">
         <v>0</v>
       </c>
-      <c r="K15" s="66">
+      <c r="K15" s="65">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L15" s="67">
+      <c r="L15" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M15" s="68"/>
-[...2 lines deleted...]
-      <c r="P15" s="65"/>
+      <c r="M15" s="76"/>
+      <c r="N15" s="64"/>
+      <c r="O15" s="63"/>
+      <c r="P15" s="64"/>
     </row>
     <row r="16" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="53"/>
       <c r="B16" s="53"/>
       <c r="C16" s="53"/>
       <c r="D16" s="54"/>
       <c r="E16" s="56"/>
       <c r="F16" s="56"/>
       <c r="G16" s="56"/>
       <c r="H16" s="57"/>
       <c r="I16" s="58">
         <v>0</v>
       </c>
       <c r="J16" s="59">
         <v>0</v>
       </c>
-      <c r="K16" s="66">
+      <c r="K16" s="65">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L16" s="67">
+      <c r="L16" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M16" s="69"/>
-[...2 lines deleted...]
-      <c r="P16" s="65"/>
+      <c r="M16" s="77"/>
+      <c r="N16" s="64"/>
+      <c r="O16" s="63"/>
+      <c r="P16" s="64"/>
     </row>
     <row r="17" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="53"/>
       <c r="B17" s="53"/>
       <c r="C17" s="53"/>
       <c r="D17" s="54"/>
       <c r="E17" s="56"/>
       <c r="F17" s="56"/>
       <c r="G17" s="56"/>
       <c r="H17" s="57"/>
       <c r="I17" s="58">
         <v>0</v>
       </c>
       <c r="J17" s="59">
         <v>0</v>
       </c>
-      <c r="K17" s="66">
+      <c r="K17" s="65">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L17" s="67">
+      <c r="L17" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M17" s="68"/>
-[...2 lines deleted...]
-      <c r="P17" s="65"/>
+      <c r="M17" s="76"/>
+      <c r="N17" s="64"/>
+      <c r="O17" s="63"/>
+      <c r="P17" s="64"/>
     </row>
     <row r="18" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="70"/>
+      <c r="A18" s="68"/>
       <c r="B18" s="53"/>
       <c r="C18" s="53"/>
       <c r="D18" s="54"/>
       <c r="E18" s="56"/>
       <c r="F18" s="56"/>
       <c r="G18" s="56"/>
       <c r="H18" s="57"/>
       <c r="I18" s="58">
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <v>0</v>
       </c>
-      <c r="K18" s="66">
+      <c r="K18" s="65">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L18" s="67">
+      <c r="L18" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M18" s="68"/>
-[...2 lines deleted...]
-      <c r="P18" s="65"/>
+      <c r="M18" s="76"/>
+      <c r="N18" s="64"/>
+      <c r="O18" s="67"/>
+      <c r="P18" s="64"/>
     </row>
     <row r="19" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="70"/>
+      <c r="A19" s="68"/>
       <c r="B19" s="53"/>
       <c r="C19" s="53"/>
       <c r="D19" s="54"/>
       <c r="E19" s="56"/>
       <c r="F19" s="56"/>
       <c r="G19" s="56"/>
       <c r="H19" s="57"/>
       <c r="I19" s="58">
         <v>0</v>
       </c>
       <c r="J19" s="59">
         <v>0</v>
       </c>
-      <c r="K19" s="66">
+      <c r="K19" s="65">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L19" s="67">
+      <c r="L19" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M19" s="69"/>
-[...2 lines deleted...]
-      <c r="P19" s="65"/>
+      <c r="M19" s="77"/>
+      <c r="N19" s="64"/>
+      <c r="O19" s="67"/>
+      <c r="P19" s="64"/>
     </row>
     <row r="20" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="70"/>
+      <c r="A20" s="68"/>
       <c r="B20" s="53"/>
       <c r="C20" s="53"/>
       <c r="D20" s="54"/>
       <c r="E20" s="56"/>
       <c r="F20" s="56"/>
       <c r="G20" s="56"/>
       <c r="H20" s="57"/>
       <c r="I20" s="58">
         <v>0</v>
       </c>
       <c r="J20" s="59">
         <v>0</v>
       </c>
-      <c r="K20" s="67">
+      <c r="K20" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L20" s="67">
+      <c r="L20" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M20" s="69"/>
-[...2 lines deleted...]
-      <c r="P20" s="65"/>
+      <c r="M20" s="77"/>
+      <c r="N20" s="64"/>
+      <c r="O20" s="67"/>
+      <c r="P20" s="64"/>
     </row>
     <row r="21" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="70"/>
+      <c r="A21" s="68"/>
       <c r="B21" s="53"/>
       <c r="C21" s="53"/>
       <c r="D21" s="54"/>
       <c r="E21" s="56"/>
       <c r="F21" s="56"/>
       <c r="G21" s="56"/>
       <c r="H21" s="57"/>
       <c r="I21" s="58">
         <v>0</v>
       </c>
       <c r="J21" s="59">
         <v>0</v>
       </c>
-      <c r="K21" s="67">
+      <c r="K21" s="66">
         <f t="shared" ref="K21" si="2">+J21*I21</f>
         <v>0</v>
       </c>
-      <c r="L21" s="67">
+      <c r="L21" s="66">
         <f t="shared" ref="L21" si="3">+K21*0.05</f>
         <v>0</v>
       </c>
-      <c r="M21" s="69"/>
-[...2 lines deleted...]
-      <c r="P21" s="65"/>
+      <c r="M21" s="77"/>
+      <c r="N21" s="64"/>
+      <c r="O21" s="67"/>
+      <c r="P21" s="64"/>
     </row>
     <row r="22" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="70"/>
+      <c r="A22" s="68"/>
       <c r="B22" s="53"/>
       <c r="C22" s="53"/>
       <c r="D22" s="54"/>
       <c r="E22" s="56"/>
       <c r="F22" s="56"/>
       <c r="G22" s="56"/>
       <c r="H22" s="57"/>
       <c r="I22" s="58">
         <v>0</v>
       </c>
       <c r="J22" s="59">
         <v>0</v>
       </c>
-      <c r="K22" s="67">
+      <c r="K22" s="66">
         <f>+J22*I22</f>
         <v>0</v>
       </c>
-      <c r="L22" s="67">
+      <c r="L22" s="66">
         <f>+K22*0.05</f>
         <v>0</v>
       </c>
-      <c r="M22" s="69"/>
-[...2 lines deleted...]
-      <c r="P22" s="65"/>
+      <c r="M22" s="77"/>
+      <c r="N22" s="64"/>
+      <c r="O22" s="67"/>
+      <c r="P22" s="64"/>
     </row>
     <row r="23" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="70"/>
+      <c r="A23" s="68"/>
       <c r="B23" s="53"/>
       <c r="C23" s="53"/>
       <c r="D23" s="54"/>
       <c r="E23" s="56"/>
       <c r="F23" s="56"/>
       <c r="G23" s="56"/>
       <c r="H23" s="57"/>
       <c r="I23" s="58">
         <v>0</v>
       </c>
       <c r="J23" s="59">
         <v>0</v>
       </c>
-      <c r="K23" s="67">
+      <c r="K23" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L23" s="67">
+      <c r="L23" s="66">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="M23" s="69"/>
-[...2 lines deleted...]
-      <c r="P23" s="65"/>
+      <c r="M23" s="77"/>
+      <c r="N23" s="64"/>
+      <c r="O23" s="67"/>
+      <c r="P23" s="64"/>
     </row>
     <row r="24" spans="1:16" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="89" t="s">
-[...16 lines deleted...]
-      <c r="P24" s="90"/>
+      <c r="A24" s="92" t="s">
+        <v>35</v>
+      </c>
+      <c r="B24" s="93"/>
+      <c r="C24" s="93"/>
+      <c r="D24" s="93"/>
+      <c r="E24" s="93"/>
+      <c r="F24" s="93"/>
+      <c r="G24" s="93"/>
+      <c r="H24" s="93"/>
+      <c r="I24" s="93"/>
+      <c r="J24" s="93"/>
+      <c r="K24" s="93"/>
+      <c r="L24" s="93"/>
+      <c r="M24" s="93"/>
+      <c r="N24" s="93"/>
+      <c r="O24" s="93"/>
+      <c r="P24" s="93"/>
     </row>
     <row r="25" spans="1:16" ht="73.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="91" t="s">
-[...16 lines deleted...]
-      <c r="P25" s="92"/>
+      <c r="A25" s="94" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" s="95"/>
+      <c r="C25" s="95"/>
+      <c r="D25" s="95"/>
+      <c r="E25" s="95"/>
+      <c r="F25" s="95"/>
+      <c r="G25" s="95"/>
+      <c r="H25" s="95"/>
+      <c r="I25" s="95"/>
+      <c r="J25" s="95"/>
+      <c r="K25" s="95"/>
+      <c r="L25" s="95"/>
+      <c r="M25" s="95"/>
+      <c r="N25" s="95"/>
+      <c r="O25" s="95"/>
+      <c r="P25" s="95"/>
     </row>
     <row r="28" spans="1:16" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A28" s="88"/>
-[...1 lines deleted...]
-      <c r="C28" s="88"/>
+      <c r="A28" s="91"/>
+      <c r="B28" s="91"/>
+      <c r="C28" s="91"/>
       <c r="D28" s="40"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="41"/>
       <c r="H28" s="41"/>
       <c r="I28" s="40" t="s">
-        <v>102</v>
+        <v>37</v>
       </c>
       <c r="J28" s="40"/>
       <c r="K28" s="40"/>
       <c r="L28" s="40"/>
-      <c r="M28" s="40" t="s">
-        <v>103</v>
+      <c r="M28" s="78" t="s">
+        <v>38</v>
       </c>
       <c r="N28" s="40"/>
       <c r="O28" s="40"/>
       <c r="P28" s="41"/>
     </row>
     <row r="29" spans="1:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="K29" s="8"/>
       <c r="L29" s="6"/>
-      <c r="M29" s="25"/>
+      <c r="M29" s="79"/>
     </row>
     <row r="30" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="T4p48gvEXyV5FzbnaBsiGwXHMFVqKdU8+WznkN42F+Dswsie7sj93eCboC8rF8JAS9OWnVheKvGKxYJmnR7lcw==" saltValue="e9KdCNhepM37VjKaF32ckw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="/OCaT3Z18ZlVdg81OAw8C/hl/MroZUeUiPlZa5YgTEISZiDMYhmcIncZBvTxDyZfF35ooWse3VAV3cN0/2xR4Q==" saltValue="uxZNPY1wrtv0ZysqCD9C/g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="14">
     <mergeCell ref="B1:M1"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="E6:J6"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="A24:P24"/>
     <mergeCell ref="A25:P25"/>
     <mergeCell ref="A10:P10"/>
     <mergeCell ref="P6:P7"/>
   </mergeCells>
   <conditionalFormatting sqref="M13">
     <cfRule type="cellIs" dxfId="4" priority="2" operator="lessThan">
       <formula>$I$13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M14">
     <cfRule type="cellIs" dxfId="3" priority="1" operator="lessThan">
       <formula>$I$14</formula>
     </cfRule>
@@ -2924,910 +2903,919 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M17 M19:M23">
     <cfRule type="cellIs" dxfId="0" priority="3" operator="lessThan">
       <formula>$I$17</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup scale="65" fitToWidth="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S48"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13" customWidth="1"/>
     <col min="2" max="2" width="12.140625" customWidth="1"/>
     <col min="3" max="3" width="15.28515625" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" customWidth="1"/>
     <col min="7" max="7" width="9.28515625" customWidth="1"/>
     <col min="8" max="8" width="11" customWidth="1"/>
     <col min="9" max="9" width="9" customWidth="1"/>
     <col min="10" max="10" width="8.85546875" customWidth="1"/>
     <col min="11" max="11" width="11.7109375" customWidth="1"/>
     <col min="12" max="12" width="13.42578125" customWidth="1"/>
     <col min="13" max="13" width="25.42578125" customWidth="1"/>
     <col min="14" max="14" width="11.140625" customWidth="1"/>
     <col min="15" max="15" width="12.140625" customWidth="1"/>
     <col min="16" max="16" width="14.85546875" customWidth="1"/>
     <col min="17" max="17" width="7.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="A1" s="98" t="s">
-[...12 lines deleted...]
-      <c r="L1" s="98"/>
+      <c r="A1" s="101" t="s">
+        <v>39</v>
+      </c>
+      <c r="B1" s="101"/>
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
+      <c r="J1" s="101"/>
+      <c r="K1" s="101"/>
+      <c r="L1" s="101"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
       <c r="P1" s="6"/>
       <c r="Q1" s="6"/>
     </row>
     <row r="2" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5"/>
-      <c r="B2" s="99" t="s">
-[...11 lines deleted...]
-      <c r="L2" s="99"/>
+      <c r="B2" s="102" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="102"/>
+      <c r="G2" s="102"/>
+      <c r="H2" s="102"/>
+      <c r="I2" s="102"/>
+      <c r="J2" s="102"/>
+      <c r="K2" s="102"/>
+      <c r="L2" s="102"/>
       <c r="M2" s="25"/>
       <c r="N2" s="25"/>
       <c r="O2" s="25"/>
       <c r="P2" s="25"/>
       <c r="R2" s="7"/>
     </row>
     <row r="3" spans="1:19" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="5"/>
       <c r="B3" s="8"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8" t="s">
-        <v>77</v>
+        <v>2</v>
       </c>
       <c r="F3" s="8"/>
       <c r="G3" s="8"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
       <c r="L3" s="8"/>
       <c r="M3" s="8"/>
       <c r="N3" s="8"/>
       <c r="O3" s="8"/>
       <c r="P3" s="8"/>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="8"/>
-      <c r="E4" s="71" t="s">
-[...15 lines deleted...]
-      <c r="S4" s="71"/>
+      <c r="E4" s="81" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" s="81"/>
+      <c r="G4" s="81"/>
+      <c r="H4" s="81"/>
+      <c r="I4" s="81"/>
+      <c r="J4" s="81"/>
+      <c r="K4" s="81"/>
+      <c r="L4" s="81"/>
+      <c r="M4" s="81"/>
+      <c r="N4" s="81"/>
+      <c r="O4" s="81"/>
+      <c r="P4" s="81"/>
+      <c r="Q4" s="81"/>
+      <c r="R4" s="81"/>
+      <c r="S4" s="81"/>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A5" s="14"/>
       <c r="B5" s="14"/>
       <c r="C5" s="14"/>
       <c r="D5" s="14"/>
       <c r="E5" s="14"/>
       <c r="F5" s="15"/>
       <c r="G5" s="15"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="J5" s="16"/>
       <c r="K5" s="17"/>
       <c r="L5" s="17"/>
       <c r="M5" s="18"/>
       <c r="N5" s="21"/>
       <c r="O5" s="18"/>
       <c r="P5" s="18"/>
     </row>
     <row r="6" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A7" s="104" t="s">
-[...13 lines deleted...]
-      <c r="M7" s="106"/>
+      <c r="A7" s="107" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" s="108"/>
+      <c r="C7" s="108"/>
+      <c r="D7" s="108"/>
+      <c r="E7" s="108"/>
+      <c r="F7" s="108"/>
+      <c r="G7" s="108"/>
+      <c r="H7" s="108"/>
+      <c r="I7" s="108"/>
+      <c r="J7" s="108"/>
+      <c r="K7" s="108"/>
+      <c r="L7" s="108"/>
+      <c r="M7" s="109"/>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A8" s="76" t="s">
-        <v>15</v>
+      <c r="A8" s="73" t="s">
+        <v>43</v>
       </c>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
-      <c r="M8" s="72"/>
+      <c r="M8" s="69"/>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A9" s="76" t="s">
-        <v>79</v>
+      <c r="A9" s="73" t="s">
+        <v>45</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="5"/>
       <c r="K9" s="5"/>
       <c r="L9" s="5"/>
-      <c r="M9" s="72"/>
+      <c r="M9" s="69"/>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A10" s="76"/>
+      <c r="A10" s="73"/>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
-      <c r="M10" s="72"/>
+      <c r="M10" s="69"/>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A11" s="77" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="73"/>
+      <c r="A11" s="74" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="70"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
       <c r="L11" s="5"/>
-      <c r="M11" s="72"/>
+      <c r="M11" s="69"/>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A12" s="76" t="s">
-        <v>24</v>
+      <c r="A12" s="73" t="s">
+        <v>48</v>
       </c>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
       <c r="J12" s="5"/>
       <c r="K12" s="5"/>
       <c r="L12" s="5"/>
-      <c r="M12" s="72"/>
+      <c r="M12" s="69"/>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A13" s="76" t="s">
-        <v>55</v>
+      <c r="A13" s="73" t="s">
+        <v>50</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5"/>
-      <c r="M13" s="72"/>
+      <c r="M13" s="69"/>
     </row>
     <row r="14" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A14" s="76" t="s">
-        <v>27</v>
+      <c r="A14" s="73" t="s">
+        <v>52</v>
       </c>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="5"/>
       <c r="I14" s="5"/>
       <c r="J14" s="5"/>
       <c r="K14" s="5"/>
       <c r="L14" s="5"/>
-      <c r="M14" s="72"/>
+      <c r="M14" s="69"/>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A15" s="76" t="s">
-        <v>28</v>
+      <c r="A15" s="73" t="s">
+        <v>54</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="5"/>
       <c r="J15" s="5"/>
       <c r="K15" s="5"/>
       <c r="L15" s="5"/>
-      <c r="M15" s="72"/>
+      <c r="M15" s="69"/>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A16" s="76" t="s">
-        <v>32</v>
+      <c r="A16" s="73" t="s">
+        <v>56</v>
       </c>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="5"/>
       <c r="J16" s="5"/>
       <c r="K16" s="5"/>
       <c r="L16" s="5"/>
-      <c r="M16" s="72"/>
+      <c r="M16" s="69"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A17" s="76" t="s">
-        <v>33</v>
+      <c r="A17" s="73" t="s">
+        <v>58</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5" t="s">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="5"/>
       <c r="I17" s="5"/>
       <c r="J17" s="5"/>
       <c r="K17" s="5"/>
       <c r="L17" s="5"/>
-      <c r="M17" s="72"/>
+      <c r="M17" s="69"/>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A18" s="76" t="s">
-        <v>39</v>
+      <c r="A18" s="73" t="s">
+        <v>60</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="5"/>
       <c r="J18" s="5"/>
       <c r="K18" s="5"/>
       <c r="L18" s="5"/>
-      <c r="M18" s="72"/>
+      <c r="M18" s="69"/>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A19" s="76" t="s">
-        <v>84</v>
+      <c r="A19" s="73" t="s">
+        <v>62</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
       <c r="I19" s="5"/>
       <c r="J19" s="5"/>
       <c r="K19" s="5"/>
       <c r="L19" s="5"/>
-      <c r="M19" s="72"/>
+      <c r="M19" s="69"/>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A20" s="76" t="s">
-        <v>40</v>
+      <c r="A20" s="73" t="s">
+        <v>64</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="5" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="5"/>
       <c r="G20" s="5"/>
       <c r="H20" s="5"/>
       <c r="I20" s="5"/>
       <c r="J20" s="5"/>
       <c r="K20" s="5"/>
       <c r="L20" s="5"/>
-      <c r="M20" s="72"/>
+      <c r="M20" s="69"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A21" s="76" t="s">
-        <v>87</v>
+      <c r="A21" s="73" t="s">
+        <v>66</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
       <c r="I21" s="5"/>
       <c r="J21" s="5"/>
       <c r="K21" s="5"/>
       <c r="L21" s="5"/>
-      <c r="M21" s="72"/>
+      <c r="M21" s="69"/>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A22" s="76" t="s">
-        <v>34</v>
+      <c r="A22" s="73" t="s">
+        <v>68</v>
       </c>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
       <c r="J22" s="5"/>
       <c r="K22" s="5"/>
       <c r="L22" s="5"/>
-      <c r="M22" s="72"/>
+      <c r="M22" s="69"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A23" s="77" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="73"/>
+      <c r="A23" s="74" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" s="70"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
       <c r="G23" s="5"/>
       <c r="H23" s="5"/>
       <c r="I23" s="5"/>
       <c r="J23" s="5"/>
       <c r="K23" s="5"/>
       <c r="L23" s="5"/>
-      <c r="M23" s="72"/>
+      <c r="M23" s="69"/>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A24" s="76" t="s">
-        <v>35</v>
+      <c r="A24" s="73" t="s">
+        <v>71</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="5" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
       <c r="G24" s="5"/>
       <c r="H24" s="5"/>
       <c r="I24" s="5"/>
       <c r="J24" s="5"/>
       <c r="K24" s="5"/>
       <c r="L24" s="5"/>
-      <c r="M24" s="72"/>
+      <c r="M24" s="69"/>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A25" s="76" t="s">
-        <v>36</v>
+      <c r="A25" s="73" t="s">
+        <v>73</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5" t="s">
-        <v>9</v>
+        <v>74</v>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="5"/>
       <c r="H25" s="5"/>
       <c r="I25" s="5"/>
       <c r="J25" s="5"/>
       <c r="K25" s="5"/>
       <c r="L25" s="5"/>
-      <c r="M25" s="72"/>
+      <c r="M25" s="69"/>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A26" s="76" t="s">
-        <v>37</v>
+      <c r="A26" s="73" t="s">
+        <v>75</v>
       </c>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="5"/>
       <c r="G26" s="5"/>
       <c r="H26" s="5"/>
       <c r="I26" s="5"/>
       <c r="J26" s="5"/>
       <c r="K26" s="5"/>
       <c r="L26" s="5"/>
-      <c r="M26" s="72"/>
+      <c r="M26" s="69"/>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A27" s="76" t="s">
-        <v>38</v>
+      <c r="A27" s="73" t="s">
+        <v>77</v>
       </c>
       <c r="B27" s="5"/>
       <c r="C27" s="5"/>
       <c r="D27" s="5" t="s">
-        <v>92</v>
+        <v>78</v>
       </c>
       <c r="E27" s="5"/>
       <c r="F27" s="5"/>
       <c r="G27" s="5"/>
       <c r="H27" s="5"/>
       <c r="I27" s="5"/>
       <c r="J27" s="5"/>
       <c r="K27" s="5"/>
       <c r="L27" s="5"/>
-      <c r="M27" s="72"/>
+      <c r="M27" s="69"/>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A28" s="76" t="s">
-        <v>46</v>
+      <c r="A28" s="73" t="s">
+        <v>79</v>
       </c>
       <c r="B28" s="5"/>
       <c r="C28" s="5"/>
       <c r="D28" s="5" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="E28" s="5"/>
       <c r="F28" s="5"/>
       <c r="G28" s="5"/>
       <c r="H28" s="5"/>
       <c r="I28" s="5"/>
       <c r="J28" s="5"/>
       <c r="K28" s="5"/>
       <c r="L28" s="5"/>
-      <c r="M28" s="72"/>
+      <c r="M28" s="69"/>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A29" s="76" t="s">
-        <v>48</v>
+      <c r="A29" s="73" t="s">
+        <v>81</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="5"/>
       <c r="G29" s="5"/>
       <c r="H29" s="5"/>
       <c r="I29" s="5"/>
       <c r="J29" s="5"/>
       <c r="K29" s="5"/>
       <c r="L29" s="5"/>
-      <c r="M29" s="72"/>
+      <c r="M29" s="69"/>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A30" s="76" t="s">
-        <v>57</v>
+      <c r="A30" s="73" t="s">
+        <v>83</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="5"/>
       <c r="D30" s="5" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="5"/>
       <c r="G30" s="5"/>
       <c r="H30" s="5"/>
       <c r="I30" s="5"/>
       <c r="J30" s="5"/>
       <c r="K30" s="5"/>
       <c r="L30" s="5"/>
-      <c r="M30" s="72"/>
+      <c r="M30" s="69"/>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A31" s="76" t="s">
-        <v>49</v>
+      <c r="A31" s="73" t="s">
+        <v>85</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="5"/>
       <c r="J31" s="5"/>
       <c r="K31" s="5"/>
       <c r="L31" s="5"/>
-      <c r="M31" s="72"/>
+      <c r="M31" s="69"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A32" s="76" t="s">
-        <v>50</v>
+      <c r="A32" s="73" t="s">
+        <v>87</v>
       </c>
       <c r="B32" s="5"/>
       <c r="C32" s="5"/>
       <c r="D32" s="5" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="5"/>
       <c r="G32" s="5"/>
       <c r="H32" s="5"/>
       <c r="I32" s="5"/>
       <c r="J32" s="5"/>
       <c r="K32" s="5"/>
       <c r="L32" s="5"/>
-      <c r="M32" s="72"/>
+      <c r="M32" s="69"/>
     </row>
     <row r="33" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A33" s="76" t="s">
-        <v>51</v>
+      <c r="A33" s="73" t="s">
+        <v>89</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5"/>
       <c r="D33" s="5" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="5"/>
       <c r="G33" s="5"/>
       <c r="H33" s="5"/>
       <c r="I33" s="5"/>
       <c r="J33" s="5"/>
       <c r="K33" s="5"/>
       <c r="L33" s="5"/>
-      <c r="M33" s="72"/>
+      <c r="M33" s="69"/>
     </row>
     <row r="34" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A34" s="76" t="s">
-        <v>88</v>
+      <c r="A34" s="73" t="s">
+        <v>91</v>
       </c>
       <c r="B34" s="5"/>
       <c r="C34" s="5"/>
       <c r="D34" s="5" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="5"/>
       <c r="G34" s="5"/>
       <c r="H34" s="5"/>
       <c r="I34" s="5"/>
       <c r="J34" s="5"/>
       <c r="K34" s="5"/>
       <c r="L34" s="5"/>
-      <c r="M34" s="72"/>
+      <c r="M34" s="69"/>
     </row>
     <row r="35" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A35" s="76" t="s">
-        <v>89</v>
+      <c r="A35" s="73" t="s">
+        <v>93</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="5"/>
       <c r="G35" s="5"/>
       <c r="H35" s="5"/>
       <c r="I35" s="5"/>
       <c r="J35" s="5"/>
       <c r="K35" s="5"/>
       <c r="L35" s="5"/>
-      <c r="M35" s="72"/>
+      <c r="M35" s="69"/>
     </row>
     <row r="36" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A36" s="76" t="s">
-        <v>52</v>
+      <c r="A36" s="73" t="s">
+        <v>95</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5"/>
       <c r="D36" s="5" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="5"/>
       <c r="H36" s="5"/>
       <c r="I36" s="5"/>
       <c r="J36" s="5"/>
       <c r="K36" s="5"/>
       <c r="L36" s="5"/>
-      <c r="M36" s="72"/>
+      <c r="M36" s="69"/>
     </row>
     <row r="37" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A37" s="76" t="s">
-        <v>53</v>
+      <c r="A37" s="73" t="s">
+        <v>97</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="5"/>
       <c r="D37" s="5" t="s">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="5"/>
       <c r="G37" s="5"/>
       <c r="H37" s="5"/>
       <c r="I37" s="5"/>
       <c r="J37" s="5"/>
       <c r="K37" s="5"/>
       <c r="L37" s="5"/>
-      <c r="M37" s="72"/>
+      <c r="M37" s="69"/>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A38" s="76" t="s">
-        <v>54</v>
+      <c r="A38" s="73" t="s">
+        <v>99</v>
       </c>
       <c r="B38" s="5"/>
       <c r="C38" s="5"/>
       <c r="D38" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="5"/>
       <c r="G38" s="5"/>
       <c r="H38" s="5"/>
       <c r="I38" s="5"/>
       <c r="J38" s="5"/>
       <c r="K38" s="5"/>
       <c r="L38" s="5"/>
-      <c r="M38" s="72"/>
+      <c r="M38" s="69"/>
     </row>
     <row r="39" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A39" s="76" t="s">
-        <v>70</v>
+      <c r="A39" s="73" t="s">
+        <v>101</v>
       </c>
       <c r="B39" s="5"/>
       <c r="C39" s="5"/>
       <c r="D39" s="5" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="5"/>
       <c r="G39" s="5"/>
       <c r="H39" s="5"/>
       <c r="I39" s="5"/>
       <c r="J39" s="5"/>
       <c r="K39" s="5"/>
       <c r="L39" s="5"/>
-      <c r="M39" s="72"/>
+      <c r="M39" s="69"/>
     </row>
     <row r="40" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="78"/>
-[...11 lines deleted...]
-      <c r="M40" s="75"/>
+      <c r="A40" s="75"/>
+      <c r="B40" s="71"/>
+      <c r="C40" s="71"/>
+      <c r="D40" s="71"/>
+      <c r="E40" s="71"/>
+      <c r="F40" s="71"/>
+      <c r="G40" s="71"/>
+      <c r="H40" s="71"/>
+      <c r="I40" s="71"/>
+      <c r="J40" s="71"/>
+      <c r="K40" s="71"/>
+      <c r="L40" s="71"/>
+      <c r="M40" s="72"/>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="B41" s="5"/>
       <c r="C41" s="5"/>
       <c r="D41" s="5"/>
       <c r="E41" s="5"/>
       <c r="F41" s="5"/>
       <c r="G41" s="5"/>
       <c r="H41" s="5"/>
       <c r="I41" s="5"/>
       <c r="J41" s="5"/>
       <c r="K41" s="5"/>
       <c r="L41" s="5"/>
       <c r="M41" s="5"/>
     </row>
     <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="B42" s="5"/>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
       <c r="E42" s="5"/>
       <c r="F42" s="5"/>
       <c r="G42" s="5"/>
       <c r="H42" s="5"/>
       <c r="I42" s="5"/>
       <c r="J42" s="5"/>
       <c r="K42" s="5"/>
       <c r="L42" s="5"/>
       <c r="M42" s="5"/>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A43" s="5" t="s">
-        <v>65</v>
+        <v>105</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="5"/>
       <c r="D43" s="5"/>
       <c r="E43" s="5"/>
       <c r="F43" s="5"/>
       <c r="G43" s="5"/>
       <c r="H43" s="5"/>
       <c r="I43" s="5"/>
       <c r="J43" s="5"/>
       <c r="K43" s="5"/>
       <c r="L43" s="5"/>
       <c r="M43" s="5"/>
     </row>
     <row r="46" spans="1:16" x14ac:dyDescent="0.25">
       <c r="P46" s="1"/>
     </row>
     <row r="48" spans="1:16" x14ac:dyDescent="0.25">
       <c r="P48" s="1"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="HxiZY4J2KR8PWGYi4bCJnVQxfBVBSkC+sygGs/GW2mnBMNgIckf1lDb7xZ60BepupSmsLAXY780p5BU5nV7k6Q==" saltValue="mym5lNrJGVFFnkp3nwGCCw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="A7:M7"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="B2:L2"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.35433070866141736" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="39" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Exonera Electrónica</vt:lpstr>
       <vt:lpstr>DEFINICION CAMPOS</vt:lpstr>
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>rrojas</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>