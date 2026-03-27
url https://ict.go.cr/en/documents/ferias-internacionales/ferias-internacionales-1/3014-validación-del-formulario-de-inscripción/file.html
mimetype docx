--- v0 (2025-10-12)
+++ v1 (2026-03-27)
@@ -1,967 +1,3274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="48CC3334" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="000140B0" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE739" w14:textId="77777777" w:rsidR="00965A1D" w:rsidRPr="000140B0" w:rsidRDefault="00965A1D" w:rsidP="00965A1D">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CD53817" w14:textId="76ABEAB6" w:rsidR="00763DA3" w:rsidRPr="000140B0" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="5F3BC012" w14:textId="41B82BFD" w:rsidR="008943FA" w:rsidRPr="000140B0" w:rsidRDefault="003A4B6D" w:rsidP="000140B0">
       <w:pPr>
         <w:pStyle w:val="Encabezado"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000140B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t xml:space="preserve">VALIDACIÓN DEL FORMULARIO DE INSCRIPCIÓN </w:t>
+        <w:t>VALIDACIÓN</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00965A1D" w:rsidRPr="000140B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve"> D</w:t>
       </w:r>
       <w:r w:rsidRPr="000140B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t xml:space="preserve">PARA LA PARTICIPACIÓN EN </w:t>
+        <w:t xml:space="preserve">EL FORMULARIO DE INSCRIPCIÓN PARA </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008943FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t>LAS FERIAS DE LUJO 2025</w:t>
+        <w:t xml:space="preserve">LAS FERIAS INTERNACIONALES </w:t>
+      </w:r>
+      <w:r w:rsidR="000A35D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DEL SEGMENTO MICE </w:t>
+      </w:r>
+      <w:r w:rsidR="008943FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>DEL PERIODO 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000A35D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD5C143" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
-      <w:pPr>
+    <w:p w14:paraId="55BFE73C" w14:textId="77777777" w:rsidR="00965A1D" w:rsidRPr="000140B0" w:rsidRDefault="00965A1D" w:rsidP="008943FA">
+      <w:pPr>
+        <w:pStyle w:val="Encabezado"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-CR"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="756431A8" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00F46A36" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE73D" w14:textId="77777777" w:rsidR="00703999" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="00703999">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Compañía"/>
         <w:tag w:val=""/>
         <w:id w:val="-793599786"/>
         <w:placeholder>
-          <w:docPart w:val="7AA7A015A7101A42999DD0E25F391C7F"/>
+          <w:docPart w:val="112D5B95C85C4450A493A2380031C93E"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/officeDocument/2006/extended-properties' " w:xpath="/ns0:Properties[1]/ns0:Company[1]" w:storeItemID="{6668398D-A668-4E3E-A5EB-62B293D839F1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="1FD1DFDC" w14:textId="1F5A7996" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+        <w:p w14:paraId="55BFE73E" w14:textId="77777777" w:rsidR="007504CA" w:rsidRPr="00E40FEC" w:rsidRDefault="008D760F" w:rsidP="00703999">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="4200"/>
+              <w:tab w:val="right" w:pos="9639"/>
+            </w:tabs>
+            <w:jc w:val="both"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00E40FEC">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
+            <w:t>[Compañía]</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="55BFE73F" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="00703999">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4200"/>
+          <w:tab w:val="right" w:pos="9639"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:alias w:val="Fecha de publicación"/>
+        <w:tag w:val=""/>
+        <w:id w:val="336815292"/>
+        <w:placeholder>
+          <w:docPart w:val="A3859A2631BE4B64AB8834C876AD47A5"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
+        <w:date>
+          <w:lid w:val="es-CR"/>
+          <w:storeMappedDataAs w:val="dateTime"/>
+          <w:calendar w:val="gregorian"/>
+        </w:date>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="55BFE740" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="00703999">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="4200"/>
               <w:tab w:val="right" w:pos="9639"/>
             </w:tabs>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00763DA3">
+          <w:r w:rsidRPr="00F46A36">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
-            <w:t>[Compañía]</w:t>
+            <w:t>[Fecha de publicación]</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="5185CF11" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE741" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="00703999">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4200"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:alias w:val="Fecha de publicación"/>
+        <w:alias w:val="Dirección de la compañía"/>
         <w:tag w:val=""/>
-        <w:id w:val="336815292"/>
+        <w:id w:val="636769897"/>
         <w:placeholder>
-          <w:docPart w:val="CF6BE0E03337EE438903347CB33AA99C"/>
+          <w:docPart w:val="B1034E4E40A0462EB482FCB9F9A5CE29"/>
         </w:placeholder>
         <w:showingPlcHdr/>
-        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-[...4 lines deleted...]
-        </w:date>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:CompanyAddress[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
+        <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="15659858" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+        <w:p w14:paraId="55BFE742" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="00703999">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="4200"/>
               <w:tab w:val="right" w:pos="9639"/>
             </w:tabs>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-ES"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00763DA3">
-[...64 lines deleted...]
-          <w:r w:rsidRPr="00763DA3">
+          <w:r w:rsidRPr="00F46A36">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="es-CR"/>
             </w:rPr>
             <w:t>[Dirección de la compañía]</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="515186DA" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE743" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="00703999">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4200"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FAF44A5" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE745" w14:textId="77777777" w:rsidR="003A4B6D" w:rsidRPr="00F46A36" w:rsidRDefault="003A4B6D" w:rsidP="00703999">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4200"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="2FE301E0" w14:textId="5921ACEB" w:rsidR="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE746" w14:textId="7CD60804" w:rsidR="003A4B6D" w:rsidRPr="00A067BE" w:rsidRDefault="003A4B6D" w:rsidP="001F6A93">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">La persona </w:t>
+        <w:t xml:space="preserve">El suscrito hace constar, que he revisado la información incluida en el formulario de inscripción </w:t>
       </w:r>
-      <w:r w:rsidRPr="00763DA3">
+      <w:r w:rsidR="00623F2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>suscrit</w:t>
+        <w:t xml:space="preserve">del ICT </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>a</w:t>
+        <w:t xml:space="preserve">para la participación </w:t>
       </w:r>
-      <w:r w:rsidRPr="00763DA3">
+      <w:r w:rsidR="00D92EED" w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hace constar que he revisado la información </w:t>
+        <w:t xml:space="preserve">en </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D354E3" w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>suministrada</w:t>
+        <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="00763DA3">
+      <w:r w:rsidR="000140B0" w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en el formulario de inscripción del I</w:t>
+        <w:t>s</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D354E3" w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>nstituto Costarricense de Turismo, correspondiente a</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00763DA3">
+      <w:r w:rsidR="00F46A36" w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la participación en las ferias </w:t>
+        <w:t>ferias</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00D94510">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">de lujo del periodo 2025-2026: </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00763DA3">
+      <w:r w:rsidR="000A35D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-        <w:t>Bahamas</w:t>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">del segmento MICE </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008943FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>del período 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="00763DA3">
+      <w:r w:rsidR="000A35D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>ILTM Cannes</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A067BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6A93" w:rsidRPr="00F46A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D63F3">
+      <w:r w:rsidR="00623F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y la información </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94510">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-        <w:t>e</w:t>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>es verdadera</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:t>, y que la información suministrada es verdadera.</w:t>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDDF08B" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE747" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="00703999">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4200"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3661DEDC" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE748" w14:textId="77777777" w:rsidR="003A4B6D" w:rsidRPr="00F46A36" w:rsidRDefault="003A4B6D" w:rsidP="008D760F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63AF7A02" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE749" w14:textId="77777777" w:rsidR="00830B32" w:rsidRPr="00F46A36" w:rsidRDefault="00830B32" w:rsidP="008D760F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DE881A1" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE74A" w14:textId="77777777" w:rsidR="00830B32" w:rsidRPr="00F46A36" w:rsidRDefault="00830B32" w:rsidP="008D760F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00763DA3">
+      <w:r w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Razón social</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC1F4B3" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE74B" w14:textId="77777777" w:rsidR="00830B32" w:rsidRDefault="00830B32" w:rsidP="008D760F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55BFE74C" w14:textId="77777777" w:rsidR="00830B32" w:rsidRDefault="00830B32" w:rsidP="008D760F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55BFE74D" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="003A4B6D" w:rsidP="008D760F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">Nombre del </w:t>
+      </w:r>
+      <w:r w:rsidR="00830B32" w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00763DA3">
+        <w:t>representante legal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BFE74E" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="008D760F">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Nombre del representante legal</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6846DFB9" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE74F" w14:textId="77777777" w:rsidR="003A4B6D" w:rsidRPr="00F46A36" w:rsidRDefault="003A4B6D" w:rsidP="008D760F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0201AEED" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE750" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="008D760F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00763DA3">
+        <w:t xml:space="preserve">Cédula: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BFE751" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="008D760F">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cédula: </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="471F8C00" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE752" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="008D760F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="204AA429" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE753" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00F46A36" w:rsidRDefault="008D760F" w:rsidP="008D760F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00763DA3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46A36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Firma: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3C6F7D" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00763DA3" w:rsidRDefault="00763DA3" w:rsidP="00763DA3">
+    <w:p w14:paraId="55BFE754" w14:textId="77777777" w:rsidR="008D760F" w:rsidRPr="00965A1D" w:rsidRDefault="008D760F" w:rsidP="00703999">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4200"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F8DD0F2" w14:textId="77777777" w:rsidR="009E0060" w:rsidRPr="00763DA3" w:rsidRDefault="009E0060">
-[...9 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId6"/>
+    <w:sectPr w:rsidR="008D760F" w:rsidRPr="00965A1D" w:rsidSect="003C414C">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1325" w:bottom="1361" w:left="1276" w:header="510" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76566D3E" w14:textId="77777777" w:rsidR="005D63F3" w:rsidRDefault="005D63F3">
+    <w:p w14:paraId="5EAEA458" w14:textId="77777777" w:rsidR="00A7771F" w:rsidRDefault="00A7771F" w:rsidP="00376781">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="547AB491" w14:textId="77777777" w:rsidR="005D63F3" w:rsidRDefault="005D63F3">
+    <w:p w14:paraId="741B5501" w14:textId="77777777" w:rsidR="00A7771F" w:rsidRDefault="00A7771F" w:rsidP="00376781">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Grande">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="06C3F94E" w14:textId="77777777" w:rsidR="00763DA3" w:rsidRPr="00376781" w:rsidRDefault="00763DA3" w:rsidP="00FC3BEA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="55BFE759" w14:textId="77777777" w:rsidR="003A4B6D" w:rsidRPr="00376781" w:rsidRDefault="003A4B6D" w:rsidP="00FC3BEA">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:left="-709" w:firstLine="709"/>
     </w:pPr>
     <w:r w:rsidRPr="00FC3BEA">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15584168" w14:textId="77777777" w:rsidR="005D63F3" w:rsidRDefault="005D63F3">
+    <w:p w14:paraId="2D5AD7BD" w14:textId="77777777" w:rsidR="00A7771F" w:rsidRDefault="00A7771F" w:rsidP="00376781">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39B33E77" w14:textId="77777777" w:rsidR="005D63F3" w:rsidRDefault="005D63F3">
+    <w:p w14:paraId="2BD8C91B" w14:textId="77777777" w:rsidR="00A7771F" w:rsidRDefault="00A7771F" w:rsidP="00376781">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:241pt;height:228.5pt" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="1241229146[1]"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
+  <w:numPicBullet w:numPicBulletId="1">
+    <w:pict>
+      <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:11.5pt;height:11.5pt" o:bullet="t">
+        <v:imagedata r:id="rId2" o:title="mso404F"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E1A38C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE9CBB42"/>
+    <w:lvl w:ilvl="0" w:tplc="140A0007">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F4916EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="49C6B3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="55ECB982">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10972AD3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="037E7A6C"/>
+    <w:lvl w:ilvl="0" w:tplc="CB46E5F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25736C9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BD46DD14"/>
+    <w:lvl w:ilvl="0" w:tplc="46C8D1B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2214" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2934" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3654" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4374" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5094" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5814" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6534" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7254" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="413E3962"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B978A23E"/>
+    <w:lvl w:ilvl="0" w:tplc="BCB04B86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4614" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5334" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6054" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6774" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7494" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8214" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8934" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9654" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="10374" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="448E3E9D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7FB85224"/>
+    <w:lvl w:ilvl="0" w:tplc="140A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1096" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1816" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2536" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3256" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3976" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4696" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5416" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6136" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6856" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46D17CE4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0840BE92"/>
+    <w:lvl w:ilvl="0" w:tplc="B0EE1E5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5112569E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="84C6FE48"/>
+    <w:lvl w:ilvl="0" w:tplc="140A000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53397FBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="76ECA96C"/>
+    <w:lvl w:ilvl="0" w:tplc="48822958">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="140A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="140A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="140A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="140A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="152"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00763DA3"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009E0060"/>
+    <w:rsidRoot w:val="00376781"/>
+    <w:rsid w:val="000140B0"/>
+    <w:rsid w:val="000332E2"/>
+    <w:rsid w:val="00046F15"/>
+    <w:rsid w:val="00047F47"/>
+    <w:rsid w:val="000526FB"/>
+    <w:rsid w:val="0005608E"/>
+    <w:rsid w:val="00064838"/>
+    <w:rsid w:val="00071467"/>
+    <w:rsid w:val="00071D14"/>
+    <w:rsid w:val="000843E7"/>
+    <w:rsid w:val="000872ED"/>
+    <w:rsid w:val="00096D09"/>
+    <w:rsid w:val="000A35D0"/>
+    <w:rsid w:val="000B3441"/>
+    <w:rsid w:val="000C53A2"/>
+    <w:rsid w:val="000C7879"/>
+    <w:rsid w:val="000D2DBA"/>
+    <w:rsid w:val="000E159B"/>
+    <w:rsid w:val="00126351"/>
+    <w:rsid w:val="001330C3"/>
+    <w:rsid w:val="00141004"/>
+    <w:rsid w:val="00164228"/>
+    <w:rsid w:val="0017039C"/>
+    <w:rsid w:val="00173622"/>
+    <w:rsid w:val="00182773"/>
+    <w:rsid w:val="001B23D1"/>
+    <w:rsid w:val="001C001F"/>
+    <w:rsid w:val="001C7F49"/>
+    <w:rsid w:val="001D57CA"/>
+    <w:rsid w:val="001D7B16"/>
+    <w:rsid w:val="001D7BBA"/>
+    <w:rsid w:val="001E1CD8"/>
+    <w:rsid w:val="001E2EFD"/>
+    <w:rsid w:val="001E7DB4"/>
+    <w:rsid w:val="001F475D"/>
+    <w:rsid w:val="001F6A93"/>
+    <w:rsid w:val="002002F2"/>
+    <w:rsid w:val="00207FDC"/>
+    <w:rsid w:val="0021767C"/>
+    <w:rsid w:val="00221397"/>
+    <w:rsid w:val="002644FA"/>
+    <w:rsid w:val="002833EA"/>
+    <w:rsid w:val="00292BD5"/>
+    <w:rsid w:val="0029433A"/>
+    <w:rsid w:val="002A4468"/>
+    <w:rsid w:val="002C2E19"/>
+    <w:rsid w:val="002C7420"/>
+    <w:rsid w:val="002D2B26"/>
+    <w:rsid w:val="002D7428"/>
+    <w:rsid w:val="002F0C49"/>
+    <w:rsid w:val="002F56E5"/>
+    <w:rsid w:val="0030400F"/>
+    <w:rsid w:val="00321605"/>
+    <w:rsid w:val="0032681F"/>
+    <w:rsid w:val="0033402F"/>
+    <w:rsid w:val="00340A83"/>
+    <w:rsid w:val="00360ACD"/>
+    <w:rsid w:val="00364A3B"/>
+    <w:rsid w:val="00372CA1"/>
+    <w:rsid w:val="0037532D"/>
+    <w:rsid w:val="00376781"/>
+    <w:rsid w:val="00386253"/>
+    <w:rsid w:val="003A00DA"/>
+    <w:rsid w:val="003A028D"/>
+    <w:rsid w:val="003A4B6D"/>
+    <w:rsid w:val="003A741B"/>
+    <w:rsid w:val="003C2CD9"/>
+    <w:rsid w:val="003C414C"/>
+    <w:rsid w:val="003C769A"/>
+    <w:rsid w:val="003D5C0D"/>
+    <w:rsid w:val="003E0353"/>
+    <w:rsid w:val="003E7971"/>
+    <w:rsid w:val="003F66F7"/>
+    <w:rsid w:val="00405A7A"/>
+    <w:rsid w:val="0042556B"/>
+    <w:rsid w:val="00440553"/>
+    <w:rsid w:val="00440EC8"/>
+    <w:rsid w:val="004570DB"/>
+    <w:rsid w:val="0045734F"/>
+    <w:rsid w:val="00462582"/>
+    <w:rsid w:val="00473446"/>
+    <w:rsid w:val="004A75BF"/>
+    <w:rsid w:val="004B4D2B"/>
+    <w:rsid w:val="004C7328"/>
+    <w:rsid w:val="004D2410"/>
+    <w:rsid w:val="005011D6"/>
+    <w:rsid w:val="0051424B"/>
+    <w:rsid w:val="00514939"/>
+    <w:rsid w:val="005623DB"/>
+    <w:rsid w:val="005660A4"/>
+    <w:rsid w:val="005753A2"/>
+    <w:rsid w:val="00584D5F"/>
+    <w:rsid w:val="00591B0A"/>
+    <w:rsid w:val="005B4ABF"/>
+    <w:rsid w:val="005C2F9E"/>
+    <w:rsid w:val="005C4480"/>
+    <w:rsid w:val="005D6BA9"/>
+    <w:rsid w:val="0061306A"/>
+    <w:rsid w:val="0062238F"/>
+    <w:rsid w:val="00623F2E"/>
+    <w:rsid w:val="00643E6B"/>
+    <w:rsid w:val="006568AA"/>
+    <w:rsid w:val="00670B39"/>
+    <w:rsid w:val="00687126"/>
+    <w:rsid w:val="006948E3"/>
+    <w:rsid w:val="006B2653"/>
+    <w:rsid w:val="006B57FC"/>
+    <w:rsid w:val="006B5C73"/>
+    <w:rsid w:val="006B6FD6"/>
+    <w:rsid w:val="00703999"/>
+    <w:rsid w:val="007074A1"/>
+    <w:rsid w:val="007504CA"/>
+    <w:rsid w:val="007561D3"/>
+    <w:rsid w:val="007652F4"/>
+    <w:rsid w:val="00781F05"/>
+    <w:rsid w:val="00782F5D"/>
+    <w:rsid w:val="007943B0"/>
+    <w:rsid w:val="007A29F2"/>
+    <w:rsid w:val="007A4ADF"/>
+    <w:rsid w:val="007C7CD6"/>
+    <w:rsid w:val="007D37FA"/>
+    <w:rsid w:val="007D5523"/>
+    <w:rsid w:val="007E06EA"/>
+    <w:rsid w:val="007E0C5F"/>
+    <w:rsid w:val="007F46BB"/>
+    <w:rsid w:val="00805F79"/>
+    <w:rsid w:val="00811C4D"/>
+    <w:rsid w:val="00814722"/>
+    <w:rsid w:val="00830B32"/>
+    <w:rsid w:val="00857ECC"/>
+    <w:rsid w:val="008656F2"/>
+    <w:rsid w:val="00874466"/>
+    <w:rsid w:val="0087697A"/>
+    <w:rsid w:val="0088041D"/>
+    <w:rsid w:val="008837E1"/>
+    <w:rsid w:val="008943FA"/>
+    <w:rsid w:val="008A2BA6"/>
+    <w:rsid w:val="008B1B1E"/>
+    <w:rsid w:val="008B2E79"/>
+    <w:rsid w:val="008D0E4B"/>
+    <w:rsid w:val="008D760F"/>
+    <w:rsid w:val="008E6788"/>
+    <w:rsid w:val="008F60CA"/>
+    <w:rsid w:val="00907959"/>
+    <w:rsid w:val="00912CB0"/>
+    <w:rsid w:val="0092633F"/>
+    <w:rsid w:val="00955833"/>
+    <w:rsid w:val="009568BE"/>
+    <w:rsid w:val="00965A1D"/>
+    <w:rsid w:val="0098106E"/>
+    <w:rsid w:val="009C09E0"/>
+    <w:rsid w:val="009F2916"/>
+    <w:rsid w:val="00A001A1"/>
+    <w:rsid w:val="00A067BE"/>
+    <w:rsid w:val="00A43E9C"/>
+    <w:rsid w:val="00A44FC7"/>
+    <w:rsid w:val="00A5019C"/>
+    <w:rsid w:val="00A52E57"/>
+    <w:rsid w:val="00A7771F"/>
+    <w:rsid w:val="00A8726C"/>
+    <w:rsid w:val="00A96097"/>
+    <w:rsid w:val="00AD3E50"/>
+    <w:rsid w:val="00AE78F6"/>
+    <w:rsid w:val="00B034E3"/>
+    <w:rsid w:val="00B20D09"/>
+    <w:rsid w:val="00B245DA"/>
+    <w:rsid w:val="00B30D54"/>
+    <w:rsid w:val="00B31761"/>
+    <w:rsid w:val="00B47428"/>
+    <w:rsid w:val="00B54485"/>
+    <w:rsid w:val="00B56D50"/>
+    <w:rsid w:val="00BA7FCE"/>
+    <w:rsid w:val="00BC24C3"/>
+    <w:rsid w:val="00BD3436"/>
+    <w:rsid w:val="00BE4A89"/>
+    <w:rsid w:val="00BE5AC5"/>
+    <w:rsid w:val="00BF0D10"/>
+    <w:rsid w:val="00BF247B"/>
+    <w:rsid w:val="00BF2CA3"/>
+    <w:rsid w:val="00C35896"/>
+    <w:rsid w:val="00C51A3D"/>
+    <w:rsid w:val="00C52BE5"/>
+    <w:rsid w:val="00C53914"/>
+    <w:rsid w:val="00C54088"/>
+    <w:rsid w:val="00C56507"/>
+    <w:rsid w:val="00C63310"/>
+    <w:rsid w:val="00C63D3F"/>
+    <w:rsid w:val="00C66576"/>
+    <w:rsid w:val="00C67066"/>
+    <w:rsid w:val="00C7299D"/>
+    <w:rsid w:val="00C74EAD"/>
+    <w:rsid w:val="00C84FB3"/>
+    <w:rsid w:val="00C94D3F"/>
+    <w:rsid w:val="00CA41A7"/>
+    <w:rsid w:val="00CA6E9B"/>
+    <w:rsid w:val="00CB0D5A"/>
+    <w:rsid w:val="00CC3190"/>
+    <w:rsid w:val="00CC415A"/>
+    <w:rsid w:val="00CC7F09"/>
+    <w:rsid w:val="00CD6F9F"/>
+    <w:rsid w:val="00CE164A"/>
+    <w:rsid w:val="00CE3C57"/>
+    <w:rsid w:val="00CF29D6"/>
+    <w:rsid w:val="00CF357F"/>
+    <w:rsid w:val="00CF3C58"/>
+    <w:rsid w:val="00D1735D"/>
+    <w:rsid w:val="00D354E3"/>
+    <w:rsid w:val="00D35663"/>
+    <w:rsid w:val="00D44079"/>
+    <w:rsid w:val="00D51343"/>
+    <w:rsid w:val="00D6342F"/>
+    <w:rsid w:val="00D66F7E"/>
+    <w:rsid w:val="00D86F04"/>
+    <w:rsid w:val="00D91894"/>
+    <w:rsid w:val="00D924D3"/>
+    <w:rsid w:val="00D92EED"/>
+    <w:rsid w:val="00D941BE"/>
+    <w:rsid w:val="00D94510"/>
+    <w:rsid w:val="00D94645"/>
+    <w:rsid w:val="00D9777E"/>
+    <w:rsid w:val="00DA09D9"/>
+    <w:rsid w:val="00DA269D"/>
+    <w:rsid w:val="00DA3327"/>
+    <w:rsid w:val="00DB664C"/>
+    <w:rsid w:val="00DC4CC4"/>
+    <w:rsid w:val="00E11D35"/>
+    <w:rsid w:val="00E177C1"/>
+    <w:rsid w:val="00E24725"/>
+    <w:rsid w:val="00E40FEC"/>
+    <w:rsid w:val="00E54CB4"/>
+    <w:rsid w:val="00E654DE"/>
+    <w:rsid w:val="00E72515"/>
+    <w:rsid w:val="00E83801"/>
+    <w:rsid w:val="00E84725"/>
+    <w:rsid w:val="00E919B3"/>
+    <w:rsid w:val="00EA0007"/>
+    <w:rsid w:val="00EB18DE"/>
+    <w:rsid w:val="00ED5745"/>
+    <w:rsid w:val="00EE462D"/>
+    <w:rsid w:val="00EF13C6"/>
+    <w:rsid w:val="00F00EE6"/>
+    <w:rsid w:val="00F014E1"/>
+    <w:rsid w:val="00F069D5"/>
+    <w:rsid w:val="00F071BB"/>
+    <w:rsid w:val="00F1111A"/>
+    <w:rsid w:val="00F423A6"/>
+    <w:rsid w:val="00F46A36"/>
+    <w:rsid w:val="00F63FF3"/>
+    <w:rsid w:val="00F7542D"/>
+    <w:rsid w:val="00F76809"/>
+    <w:rsid w:val="00FA4B1C"/>
+    <w:rsid w:val="00FA4B6A"/>
+    <w:rsid w:val="00FC24C0"/>
+    <w:rsid w:val="00FC3BEA"/>
+    <w:rsid w:val="00FD240A"/>
+    <w:rsid w:val="00FD3696"/>
+    <w:rsid w:val="00FF034B"/>
+    <w:rsid w:val="00FF0D04"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="55BFE739"/>
+  <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodegloboCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DA09D9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
+    <w:name w:val="Texto de globo Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textodeglobo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA09D9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Grande" w:eastAsia="Times New Roman" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EncabezadoCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00376781"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00376781"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PiedepginaCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00376781"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+    <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Piedepgina"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00376781"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextoindependienteCar"/>
+    <w:rsid w:val="003E0353"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextoindependienteCar">
+    <w:name w:val="Texto independiente Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente"/>
+    <w:rsid w:val="003E0353"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TtuloCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0353"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
+    <w:name w:val="Título Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo"/>
+    <w:rsid w:val="003E0353"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0353"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textoennegrita">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:qFormat/>
+    <w:rsid w:val="005753A2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00C35896"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xdefault">
+    <w:name w:val="x_default"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="000D2DBA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Textoindependiente3Car"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB18DE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="256" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es-ES" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Textoindependiente3Car">
+    <w:name w:val="Texto independiente 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB18DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es-ES" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E11D35"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLconformatoprevio">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLconformatoprevioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E11D35"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
+    <w:name w:val="HTML con formato previo Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="HTMLconformatoprevio"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E11D35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="004B4D2B"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:lang w:val="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008D760F"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF034B"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisin">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D94510"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="27144773">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="628324707">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1249658907">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1480851846">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1704205971">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1870530075">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="112D5B95C85C4450A493A2380031C93E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D73B550B-8AAB-4DAD-ABF4-8B6F8C01CFE1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009B24C3" w:rsidRDefault="00F44B25">
+          <w:r w:rsidRPr="00E31B1E">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>[Compañía]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A3859A2631BE4B64AB8834C876AD47A5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{883BE95A-70DA-4EC3-A1CF-01F669AC3AB3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009B24C3" w:rsidRDefault="00F44B25">
+          <w:r w:rsidRPr="00E31B1E">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>[Fecha de publicación]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B1034E4E40A0462EB482FCB9F9A5CE29"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5A2DBEEA-6551-4E0B-8152-86A560B524B8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009B24C3" w:rsidRDefault="00F44B25">
+          <w:r w:rsidRPr="00E31B1E">
+            <w:rPr>
+              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+            </w:rPr>
+            <w:t>[Dirección de la compañía]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Grande">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:view w:val="normal"/>
+  <w:revisionView w:comments="0"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00F44B25"/>
+    <w:rsid w:val="00040A07"/>
+    <w:rsid w:val="00280D94"/>
+    <w:rsid w:val="0063227D"/>
+    <w:rsid w:val="00643D8F"/>
+    <w:rsid w:val="00982495"/>
+    <w:rsid w:val="009A2CE1"/>
+    <w:rsid w:val="009B24C3"/>
+    <w:rsid w:val="009E5324"/>
+    <w:rsid w:val="00BE4439"/>
+    <w:rsid w:val="00C2655A"/>
+    <w:rsid w:val="00CB0D5A"/>
+    <w:rsid w:val="00EB741B"/>
+    <w:rsid w:val="00EF14BB"/>
+    <w:rsid w:val="00F44B25"/>
+    <w:rsid w:val="00F66A88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4A8B1C30"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B61CEC5C-0539-E148-B2AE-CF2B7F0C0D22}"/>
 </w:settings>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="es-CR" w:eastAsia="es-CR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1289,1125 +3596,494 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...705 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006E3C52"/>
+    <w:rsid w:val="00F66A88"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...10 lines deleted...]
-    <w:rsid w:val="006E3C52"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
+  <PublishDate/>
+  <Abstract/>
+  <CompanyAddress/>
+  <CompanyPhone/>
+  <CompanyFax/>
+  <CompanyEmail/>
+</CoverPageProperties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB01B500-A88D-4F6B-8792-036836F97035}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>90</Words>
-  <Characters>498</Characters>
+  <Words>71</Words>
+  <Characters>392</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Razón social</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>587</CharactersWithSpaces>
+  <CharactersWithSpaces>462</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Razón social</dc:title>
   <dc:subject/>
-  <dc:creator>GINNETTE MONGE CISNEROS</dc:creator>
+  <dc:creator>Marcela Bonilla</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>1394317729a5a0584aa3b26557cc5d98faa3a369703cba7336b383440d06a392</vt:lpwstr>
+  </property>
+</Properties>
+</file>